--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -1,100 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\業務日誌\03MICE\補助金（要綱等・申請及び交付）\要綱、様式、制度概要\協会関係\歓迎支援\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\業務日誌\03MICE\03新規受付・会場申込\新規問い合わせ　受付票\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{207095E3-D4A3-45CD-8674-DF50DB48E8C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56BE2780-4DAC-4FC1-A3D7-8FF4AB9ECBEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2B185518-3B06-4EED-9F0F-FB383E290582}"/>
   </bookViews>
   <sheets>
     <sheet name="R5.6改正後" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'R5.6改正後'!$B$1:$L$55</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E34" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="D32" i="1"/>
+  <c r="E35" i="1" l="1"/>
+  <c r="F35" i="1" s="1"/>
+  <c r="G35" i="1" s="1"/>
+  <c r="H35" i="1" s="1"/>
+  <c r="J33" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="D33" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="74">
   <si>
     <t>令和　　年　　月　　日</t>
     <rPh sb="0" eb="1">
       <t>レイ</t>
     </rPh>
     <rPh sb="1" eb="2">
       <t>ワ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ゲツ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>公益財団法人 宮 崎 県 観 光 協 会</t>
     <rPh sb="0" eb="2">
       <t>コウエキ</t>
     </rPh>
     <rPh sb="2" eb="4">
@@ -118,64 +118,50 @@
     <rPh sb="15" eb="16">
       <t>ヒカリ</t>
     </rPh>
     <rPh sb="17" eb="18">
       <t>キョウ</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>カイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">        会  　 長      米　良　充　典　　殿 </t>
     <rPh sb="8" eb="9">
       <t>カイ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>チョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>住所</t>
     <rPh sb="0" eb="2">
       <t>ジュウショ</t>
-    </rPh>
-[...12 lines deleted...]
-      <t>ダイヒョウシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>記</t>
     <rPh sb="0" eb="1">
       <t>キ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大会・会議名</t>
     <rPh sb="0" eb="2">
       <t>タイカイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>カイギ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>開催期間</t>
@@ -708,50 +694,63 @@
     </rPh>
     <rPh sb="2" eb="4">
       <t>モクテキ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>セイジ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カツドウ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>オヨ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>シュウキョウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>カツドウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>モクテキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>②郷土芸能（　　　）　③エクスカーション 見学地（　　　　　　　　　　　）</t>
+    <rPh sb="1" eb="3">
+      <t>キョウド</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ゲイノウ</t>
+    </rPh>
+    <rPh sb="21" eb="24">
+      <t>ケンガクチ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>①看板　（吊り看板　　基）（立て看板　　基）（その他　　基）</t>
     <rPh sb="1" eb="3">
       <t>カンバン</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ツ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カンバン</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>モトイ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>タ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>カンバン</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>モトイ</t>
     </rPh>
     <rPh sb="25" eb="26">
       <t>タ</t>
     </rPh>
@@ -788,73 +787,102 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>希望する</t>
     <rPh sb="0" eb="2">
       <t>キボウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>支援内容</t>
     <rPh sb="0" eb="2">
       <t>シエン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ナイヨウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>←</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>希望する支援内容についてのご留意点</t>
+    <rPh sb="0" eb="2">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シエン</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ナイヨウ</t>
+    </rPh>
+    <rPh sb="14" eb="17">
+      <t>リュウイテン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>・①②③はいずれか一つをお選びください。</t>
     <rPh sb="9" eb="10">
       <t>ヒト</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>エラ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>会議の　規模等</t>
     <rPh sb="0" eb="2">
       <t>カイギ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キボ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>会期の規模等について</t>
+    <rPh sb="0" eb="2">
+      <t>カイキ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>キボ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>・①②③は、開催補助金を受けていない、参加者概ね100名以上（延べ参加者数ではない）の会議等が対象となります。</t>
     <rPh sb="6" eb="8">
       <t>カイサイ</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>ホジョキン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>ウ</t>
     </rPh>
     <rPh sb="19" eb="22">
       <t>サンカシャ</t>
     </rPh>
     <rPh sb="22" eb="23">
       <t>オオム</t>
     </rPh>
     <rPh sb="27" eb="28">
       <t>メイ</t>
     </rPh>
     <rPh sb="28" eb="30">
       <t>イジョウ</t>
     </rPh>
     <rPh sb="31" eb="32">
       <t>ノ</t>
     </rPh>
@@ -876,81 +904,50 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　はい</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　いいえ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※「はい」「いいえ」のいずれかに○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>・(ｲ)(ｳ)(ｴ)は必ず「はい」であることが必要です。</t>
     <rPh sb="11" eb="12">
       <t>カナラ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ヒツヨウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>・①②③は当方で発注及び支払を行います。発注先は宮崎県内の業者のみです。</t>
-[...29 lines deleted...]
-  <si>
     <t>※該当項目に「○」</t>
     <rPh sb="1" eb="3">
       <t>ガイトウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>コウモク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>当協会の各種MICE歓迎支援を受けられることとなった場合、当協会H.P『みやざき観光ナビ』の中のMICE開催予定一覧において、原則、会議・大会名等をご紹介させていただいておりますので、ご了承ください。なお、「某企業○○大会」等の表現が望ましい場合は、下の欄にご希望する名称をご記入ください。</t>
     <rPh sb="0" eb="1">
       <t>トウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>カクシュ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>カンゲイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>シエン</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>ウ</t>
@@ -1058,164 +1055,191 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>・(ｱ)は上述の「希望する支援内容」の①②③の場合、「はい」であることが必要です。</t>
     <rPh sb="5" eb="7">
       <t>ジョウジュツ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>キボウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>シエン</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>バアイ</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>ヒツヨウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>④キャリーバッグ（　　　）部　※半数は無料提供　残り半分は有料</t>
-    <rPh sb="13" eb="14">
+    <t>団体名</t>
+    <rPh sb="0" eb="2">
+      <t>ダンタイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ナ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>担当者</t>
+    <rPh sb="0" eb="3">
+      <t>タントウシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>職名</t>
+    <rPh sb="0" eb="2">
+      <t>ショクメイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>tel</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>Email</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>代表者（職名・氏名）</t>
+    <rPh sb="0" eb="3">
+      <t>ダイヒョウシャ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ショクメイ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>シメイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>氏名</t>
+    <rPh sb="0" eb="2">
+      <t>シメイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・①②③は当方で発注及び支払を行います。発注先は宮崎県内の業者です。</t>
+    <rPh sb="5" eb="7">
+      <t>トウホウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ハッチュウ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>シハライ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>オコナ</t>
+    </rPh>
+    <rPh sb="20" eb="23">
+      <t>ハッチュウサキ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>ミヤザキ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>ケンナイ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>ギョウシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>※メールに添付して送る場合は不要</t>
+    <rPh sb="5" eb="7">
+      <t>テンプ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>オク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>フヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>④紙バッグ（　　　）部　※半数は無料提供、残り半数は有料(税込み@220円)</t>
+    <rPh sb="1" eb="2">
+      <t>カミ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
       <t>ブ</t>
     </rPh>
+    <rPh sb="13" eb="15">
+      <t>ハンスウ</t>
+    </rPh>
     <rPh sb="16" eb="18">
+      <t>ムリョウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>テイキョウ</t>
+    </rPh>
+    <rPh sb="21" eb="22">
+      <t>ノコ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
       <t>ハンスウ</t>
     </rPh>
-    <rPh sb="19" eb="21">
-[...7 lines deleted...]
-    </rPh>
     <rPh sb="26" eb="28">
-      <t>ハンブン</t>
+      <t>ユウリョウ</t>
     </rPh>
     <rPh sb="29" eb="31">
-      <t>ユウリョウ</t>
-[...56 lines deleted...]
-    <rPh sb="13" eb="14">
+      <t>ゼイコ</t>
+    </rPh>
+    <rPh sb="36" eb="37">
       <t>エン</t>
-    </rPh>
-[...21 lines deleted...]
-      <t>ゼイコ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,###"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1244,77 +1268,60 @@
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...15 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="36">
+  <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
@@ -1731,60 +1738,68 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...1 lines deleted...]
-    </xf>
   </cellStyleXfs>
-  <cellXfs count="95">
+  <cellXfs count="99">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
@@ -1924,56 +1939,78 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1">
@@ -1987,107 +2024,100 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2359,691 +2389,694 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#26032;&#35215;&#22411;&#12399;@220&#20870;&#65288;&#31246;&#36796;&#12415;&#65289;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#24467;&#26469;&#22411;&#12399;&#22312;&#24235;&#23569;&#12394;&#12367;@175&#20870;&#65288;&#31246;&#36796;&#12415;&#65289;" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74CBA122-C3D6-4A37-9639-BCFC80A49D86}">
   <dimension ref="B1:N55"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O33" sqref="O33"/>
+    <sheetView tabSelected="1" topLeftCell="A22" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="9" max="9" width="10.25" customWidth="1"/>
     <col min="13" max="13" width="3.375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:12" x14ac:dyDescent="0.4">
       <c r="J1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="2:11" x14ac:dyDescent="0.4">
-[...26 lines deleted...]
-      <c r="B4" t="s">
+    <row r="2" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B2" s="95" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" s="95"/>
+      <c r="D2" s="95"/>
+      <c r="E2" s="95"/>
+      <c r="F2" s="95"/>
+      <c r="G2" s="95"/>
+      <c r="H2" s="95"/>
+      <c r="I2" s="95"/>
+      <c r="J2" s="95"/>
+      <c r="K2" s="95"/>
+    </row>
+    <row r="3" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B3" s="95"/>
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="95"/>
+      <c r="F3" s="95"/>
+      <c r="G3" s="95"/>
+      <c r="H3" s="95"/>
+      <c r="I3" s="95"/>
+      <c r="J3" s="95"/>
+      <c r="K3" s="95"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="2:11" x14ac:dyDescent="0.4">
-      <c r="B5" s="2" t="s">
+    <row r="6" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B6" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="2:11" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="F7" t="s">
+    <row r="7" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="F7" s="53" t="s">
         <v>3</v>
       </c>
-      <c r="G7" s="1"/>
-[...13 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+      <c r="J7" s="57"/>
+      <c r="K7" s="57"/>
+      <c r="L7" s="53"/>
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="F8" s="53" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="57"/>
+      <c r="L8" s="53"/>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="F9" s="64" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" s="64"/>
+      <c r="H9" s="59"/>
+      <c r="I9" s="59"/>
+      <c r="J9" s="59"/>
+      <c r="K9" s="59"/>
+      <c r="L9" s="58"/>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="G10" s="60" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" s="59" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" s="59"/>
+      <c r="J10" s="59"/>
+      <c r="K10" s="59"/>
+      <c r="L10" s="58"/>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="G11" s="1"/>
+      <c r="H11" s="59" t="s">
+        <v>66</v>
+      </c>
+      <c r="I11" s="59"/>
+      <c r="J11" s="96"/>
+      <c r="K11" s="96"/>
+      <c r="L11" s="58"/>
+    </row>
+    <row r="12" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="G12" s="1"/>
+      <c r="H12" s="59" t="s">
+        <v>67</v>
+      </c>
+      <c r="I12" s="59"/>
+      <c r="J12" s="61"/>
+      <c r="K12" s="61"/>
+      <c r="L12" s="58"/>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="G13" s="1"/>
+      <c r="H13" s="59" t="s">
+        <v>68</v>
+      </c>
+      <c r="I13" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="J13" s="61"/>
+      <c r="K13" s="61"/>
+      <c r="L13" s="58"/>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B14" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="F16" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="G9" s="1"/>
-[...13 lines deleted...]
-      <c r="F11" t="s">
+    </row>
+    <row r="18" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B18" t="s">
         <v>5</v>
       </c>
-      <c r="G11" s="1"/>
-[...18 lines deleted...]
-      <c r="F15" s="3" t="s">
+      <c r="D18" s="97"/>
+      <c r="E18" s="97"/>
+      <c r="F18" s="97"/>
+      <c r="G18" s="97"/>
+      <c r="H18" s="97"/>
+      <c r="I18" s="97"/>
+      <c r="J18" s="97"/>
+    </row>
+    <row r="20" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B20" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C20" s="98" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" s="98"/>
+      <c r="E20" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="D17" s="80"/>
-[...8 lines deleted...]
-      <c r="B19" t="s">
+      <c r="F20" s="98" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" s="98"/>
+      <c r="H20" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="81" t="s">
-[...3 lines deleted...]
-      <c r="E19" s="3" t="s">
+    </row>
+    <row r="22" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B22" t="s">
         <v>9</v>
       </c>
-      <c r="F19" s="81" t="s">
-[...20 lines deleted...]
-    <row r="22" spans="2:12" x14ac:dyDescent="0.4">
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
-      <c r="J22" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J22" s="1"/>
     </row>
     <row r="23" spans="2:12" x14ac:dyDescent="0.4">
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="4" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="24" spans="2:12" x14ac:dyDescent="0.4">
       <c r="B24" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
     </row>
-    <row r="26" spans="2:12" x14ac:dyDescent="0.4">
-      <c r="B26" t="s">
+    <row r="25" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B25" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+    </row>
+    <row r="27" spans="2:12" x14ac:dyDescent="0.4">
+      <c r="B27" t="s">
+        <v>15</v>
+      </c>
+      <c r="C27" s="84" t="s">
+        <v>40</v>
+      </c>
+      <c r="D27" s="84"/>
+      <c r="E27" s="84"/>
+      <c r="F27" s="84"/>
+      <c r="G27" s="84"/>
+      <c r="H27" s="84"/>
+      <c r="I27" s="84"/>
+      <c r="J27" s="84"/>
+      <c r="K27" s="84"/>
+      <c r="L27" s="84"/>
+    </row>
+    <row r="29" spans="2:12" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B29" t="s">
+        <v>16</v>
+      </c>
+      <c r="J29" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C26" s="82" t="s">
-[...13 lines deleted...]
-      <c r="B28" t="s">
+    </row>
+    <row r="30" spans="2:12" ht="33" x14ac:dyDescent="0.4">
+      <c r="C30" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="D30" s="28"/>
+      <c r="E30" s="29" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C29" s="27" t="s">
+      <c r="F30" s="30"/>
+      <c r="G30" s="38" t="s">
         <v>20</v>
       </c>
-      <c r="D29" s="28"/>
-      <c r="E29" s="29" t="s">
+      <c r="H30" s="39"/>
+      <c r="I30" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="F29" s="30"/>
-      <c r="G29" s="38" t="s">
+      <c r="J30" s="30"/>
+    </row>
+    <row r="31" spans="2:12" ht="33" x14ac:dyDescent="0.4">
+      <c r="C31" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="H29" s="39"/>
-      <c r="I29" s="40" t="s">
+      <c r="D31" s="7"/>
+      <c r="E31" s="6" t="s">
         <v>23</v>
-      </c>
-[...26 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F31" s="32"/>
       <c r="G31" s="31" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H31" s="8"/>
       <c r="I31" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="J31" s="32"/>
+    </row>
+    <row r="32" spans="2:12" ht="33" x14ac:dyDescent="0.4">
+      <c r="C32" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="D32" s="10"/>
+      <c r="E32" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F32" s="32"/>
+      <c r="G32" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="8"/>
+      <c r="I32" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="J32" s="32"/>
+    </row>
+    <row r="33" spans="2:14" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="C33" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="D33" s="35">
+        <f>SUM(D30:D32)</f>
+        <v>0</v>
+      </c>
+      <c r="E33" s="36" t="s">
+        <v>30</v>
+      </c>
+      <c r="F33" s="37">
+        <f>SUM(F30:F32)</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="H33" s="42">
+        <f>SUM(H30:H32)</f>
+        <v>0</v>
+      </c>
+      <c r="I33" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="J33" s="37">
+        <f>SUM(J30:J32)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:14" x14ac:dyDescent="0.4">
+      <c r="B35" s="85" t="s">
         <v>31</v>
       </c>
-      <c r="J31" s="32"/>
-[...2 lines deleted...]
-      <c r="C32" s="34" t="s">
+      <c r="C35" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="D32" s="35">
-[...36 lines deleted...]
-        <f>D34+1</f>
+      <c r="D35" s="12">
         <v>2023</v>
       </c>
-      <c r="F34" s="14">
-        <f t="shared" ref="F34:H34" si="0">E34+1</f>
+      <c r="E35" s="24">
+        <f>D35+1</f>
         <v>2024</v>
       </c>
-      <c r="G34" s="13">
-        <f t="shared" si="0"/>
+      <c r="F35" s="14">
+        <f t="shared" ref="F35:H35" si="0">E35+1</f>
         <v>2025</v>
       </c>
-      <c r="H34" s="14">
+      <c r="G35" s="13">
         <f t="shared" si="0"/>
         <v>2026</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      </c>
+      <c r="H35" s="14">
+        <f t="shared" si="0"/>
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="36" spans="2:14" x14ac:dyDescent="0.4">
+      <c r="B36" s="85"/>
+      <c r="C36" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" s="16"/>
+      <c r="E36" s="25"/>
+      <c r="F36" s="16"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="16"/>
     </row>
     <row r="38" spans="2:14" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" s="49"/>
+      <c r="E38" s="49"/>
+      <c r="F38" s="49"/>
+      <c r="G38" s="49"/>
+      <c r="H38" s="49"/>
+      <c r="I38" s="49"/>
+      <c r="J38" s="49"/>
+      <c r="K38" s="51"/>
+      <c r="M38" t="s">
         <v>50</v>
       </c>
-      <c r="C38" s="55" t="s">
-[...2 lines deleted...]
-      <c r="K38" s="56"/>
       <c r="N38" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39" spans="2:14" x14ac:dyDescent="0.4">
-      <c r="B39" s="61" t="s">
-        <v>60</v>
+      <c r="B39" t="s">
+        <v>49</v>
       </c>
       <c r="C39" s="55" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="K39" s="56"/>
       <c r="N39" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="40" spans="2:14" x14ac:dyDescent="0.4">
+      <c r="B40" s="67" t="s">
+        <v>60</v>
+      </c>
+      <c r="C40" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="K40" s="56"/>
+      <c r="N40" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="40" spans="2:14" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-    </row>
     <row r="41" spans="2:14" x14ac:dyDescent="0.4">
-      <c r="B41" s="62"/>
+      <c r="B41" s="68"/>
       <c r="C41" s="19"/>
-      <c r="F41" s="94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K41" s="56"/>
       <c r="N41" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="2:14" x14ac:dyDescent="0.4">
-      <c r="B42" s="62"/>
+      <c r="B42" s="68"/>
       <c r="C42" s="52" t="s">
         <v>62</v>
       </c>
       <c r="D42" s="53"/>
       <c r="E42" s="53"/>
       <c r="F42" s="53"/>
       <c r="G42" s="53"/>
       <c r="H42" s="53"/>
       <c r="I42" s="53"/>
       <c r="J42" s="53"/>
       <c r="K42" s="54"/>
     </row>
     <row r="44" spans="2:14" x14ac:dyDescent="0.4">
-      <c r="B44" s="92" t="s">
+      <c r="B44" s="94" t="s">
         <v>53</v>
       </c>
-      <c r="C44" s="88" t="s">
-[...13 lines deleted...]
-      <c r="K44" s="84" t="s">
+      <c r="C44" s="90" t="s">
+        <v>36</v>
+      </c>
+      <c r="D44" s="92" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" s="93"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="93"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="93"/>
+      <c r="J44" s="62" t="s">
         <v>56</v>
       </c>
+      <c r="K44" s="86" t="s">
+        <v>57</v>
+      </c>
       <c r="M44" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N44" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
     </row>
     <row r="45" spans="2:14" x14ac:dyDescent="0.4">
-      <c r="B45" s="92"/>
-[...8 lines deleted...]
-      <c r="K45" s="85"/>
+      <c r="B45" s="94"/>
+      <c r="C45" s="91"/>
+      <c r="D45" s="68"/>
+      <c r="E45" s="68"/>
+      <c r="F45" s="68"/>
+      <c r="G45" s="68"/>
+      <c r="H45" s="68"/>
+      <c r="I45" s="68"/>
+      <c r="J45" s="63"/>
+      <c r="K45" s="87"/>
       <c r="N45" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="46" spans="2:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B46" s="59" t="s">
-        <v>57</v>
+      <c r="B46" s="65" t="s">
+        <v>58</v>
       </c>
       <c r="C46" s="19" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D46" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="I46" s="20"/>
       <c r="J46" s="20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N46" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B47" s="60"/>
+      <c r="B47" s="66"/>
       <c r="C47" s="19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D47" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I47" s="20"/>
       <c r="J47" s="20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K47" s="18" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="48" spans="2:14" x14ac:dyDescent="0.4">
+      <c r="B48" s="66"/>
+      <c r="C48" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" s="88" t="s">
+        <v>44</v>
+      </c>
+      <c r="E48" s="89"/>
+      <c r="F48" s="89"/>
+      <c r="G48" s="89"/>
+      <c r="H48" s="89"/>
+      <c r="I48" s="89"/>
+      <c r="J48" s="22" t="s">
         <v>56</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      </c>
       <c r="K48" s="23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="49" spans="2:11" x14ac:dyDescent="0.4">
       <c r="B49" s="44"/>
       <c r="C49" s="45"/>
       <c r="D49" s="46"/>
       <c r="E49" s="47"/>
       <c r="F49" s="47"/>
       <c r="G49" s="47"/>
       <c r="H49" s="47"/>
       <c r="I49" s="47"/>
       <c r="J49" s="48"/>
       <c r="K49" s="48"/>
     </row>
     <row r="50" spans="2:11" x14ac:dyDescent="0.4">
-      <c r="C50" s="69" t="s">
+      <c r="C50" s="75" t="s">
         <v>61</v>
       </c>
-      <c r="D50" s="70"/>
-[...6 lines deleted...]
-      <c r="K50" s="71"/>
+      <c r="D50" s="76"/>
+      <c r="E50" s="76"/>
+      <c r="F50" s="76"/>
+      <c r="G50" s="76"/>
+      <c r="H50" s="76"/>
+      <c r="I50" s="76"/>
+      <c r="J50" s="76"/>
+      <c r="K50" s="77"/>
     </row>
     <row r="51" spans="2:11" x14ac:dyDescent="0.4">
-      <c r="C51" s="72"/>
-[...7 lines deleted...]
-      <c r="K51" s="74"/>
+      <c r="C51" s="78"/>
+      <c r="D51" s="79"/>
+      <c r="E51" s="79"/>
+      <c r="F51" s="79"/>
+      <c r="G51" s="79"/>
+      <c r="H51" s="79"/>
+      <c r="I51" s="79"/>
+      <c r="J51" s="79"/>
+      <c r="K51" s="80"/>
     </row>
     <row r="52" spans="2:11" x14ac:dyDescent="0.4">
-      <c r="C52" s="72"/>
-[...7 lines deleted...]
-      <c r="K52" s="74"/>
+      <c r="C52" s="78"/>
+      <c r="D52" s="79"/>
+      <c r="E52" s="79"/>
+      <c r="F52" s="79"/>
+      <c r="G52" s="79"/>
+      <c r="H52" s="79"/>
+      <c r="I52" s="79"/>
+      <c r="J52" s="79"/>
+      <c r="K52" s="80"/>
     </row>
     <row r="53" spans="2:11" x14ac:dyDescent="0.4">
       <c r="B53" s="2"/>
-      <c r="C53" s="75"/>
-[...7 lines deleted...]
-      <c r="K53" s="77"/>
+      <c r="C53" s="81"/>
+      <c r="D53" s="82"/>
+      <c r="E53" s="82"/>
+      <c r="F53" s="82"/>
+      <c r="G53" s="82"/>
+      <c r="H53" s="82"/>
+      <c r="I53" s="82"/>
+      <c r="J53" s="82"/>
+      <c r="K53" s="83"/>
     </row>
     <row r="54" spans="2:11" x14ac:dyDescent="0.4">
       <c r="B54" s="17"/>
-      <c r="C54" s="63"/>
-[...7 lines deleted...]
-      <c r="K54" s="65"/>
+      <c r="C54" s="69"/>
+      <c r="D54" s="70"/>
+      <c r="E54" s="70"/>
+      <c r="F54" s="70"/>
+      <c r="G54" s="70"/>
+      <c r="H54" s="70"/>
+      <c r="I54" s="70"/>
+      <c r="J54" s="70"/>
+      <c r="K54" s="71"/>
     </row>
     <row r="55" spans="2:11" x14ac:dyDescent="0.4">
       <c r="B55" s="17"/>
-      <c r="C55" s="66"/>
-[...7 lines deleted...]
-      <c r="K55" s="68"/>
+      <c r="C55" s="72"/>
+      <c r="D55" s="73"/>
+      <c r="E55" s="73"/>
+      <c r="F55" s="73"/>
+      <c r="G55" s="73"/>
+      <c r="H55" s="73"/>
+      <c r="I55" s="73"/>
+      <c r="J55" s="73"/>
+      <c r="K55" s="74"/>
     </row>
   </sheetData>
-  <mergeCells count="17">
-[...1 lines deleted...]
-    <mergeCell ref="B34:B35"/>
+  <mergeCells count="18">
+    <mergeCell ref="B2:K3"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="D18:J18"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="J44:J45"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="B46:B48"/>
+    <mergeCell ref="B40:B42"/>
+    <mergeCell ref="C54:K55"/>
+    <mergeCell ref="C50:K53"/>
+    <mergeCell ref="C27:L27"/>
+    <mergeCell ref="B35:B36"/>
     <mergeCell ref="K44:K45"/>
     <mergeCell ref="D48:I48"/>
     <mergeCell ref="C44:C45"/>
     <mergeCell ref="D44:I45"/>
     <mergeCell ref="B44:B45"/>
-    <mergeCell ref="B2:K3"/>
-[...8 lines deleted...]
-    <mergeCell ref="C50:K53"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <hyperlinks>
-[...2 lines deleted...]
-  </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.31496062992125984" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId3"/>
+  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="12" max="51" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>