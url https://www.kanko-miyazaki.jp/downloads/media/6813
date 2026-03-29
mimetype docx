--- v0 (2025-12-05)
+++ v1 (2026-03-29)
@@ -346,62 +346,62 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>の者を代理人と定め、下記の権限を委任します。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0190E484" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="2E9B51E7" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="17A1DC5E" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="378FD223" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237D4B97" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="18C9AAF0" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="0BAF6CD1" w14:textId="77777777" w:rsidR="009E0831" w:rsidRDefault="009E0831"/>
-    <w:p w14:paraId="63EE472B" w14:textId="2E141455" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="009E0831">
+    <w:p w14:paraId="63EE472B" w14:textId="7D01C44C" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="009E0831">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
-      <w:r w:rsidR="00164B8A">
-[...3 lines deleted...]
-        <w:t>７</w:t>
+      <w:r w:rsidR="00E24EE4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>８</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r w:rsidR="00164B8A" w:rsidRPr="00164B8A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>スポーツイベント開催支援事業</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>補助金の受領に関する一切の権限</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472D3422" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625"/>
     <w:p w14:paraId="2C35CB54" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625"/>
     <w:p w14:paraId="26C61A3A" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625">
       <w:pPr>
         <w:jc w:val="right"/>
@@ -528,61 +528,63 @@
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E11625"/>
     <w:rsid w:val="00164B8A"/>
     <w:rsid w:val="00252D60"/>
     <w:rsid w:val="002E2026"/>
     <w:rsid w:val="00592E85"/>
     <w:rsid w:val="00793205"/>
+    <w:rsid w:val="00976F1F"/>
     <w:rsid w:val="009E0831"/>
     <w:rsid w:val="00A85239"/>
     <w:rsid w:val="00AE233E"/>
     <w:rsid w:val="00B03C07"/>
     <w:rsid w:val="00B65D12"/>
     <w:rsid w:val="00B86E9A"/>
     <w:rsid w:val="00DA1FE5"/>
     <w:rsid w:val="00DB5298"/>
     <w:rsid w:val="00DD6CFC"/>
     <w:rsid w:val="00E11625"/>
     <w:rsid w:val="00E23B67"/>
+    <w:rsid w:val="00E24EE4"/>
     <w:rsid w:val="00F33CB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1042,50 +1044,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E11625"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="結語 (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E11625"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>