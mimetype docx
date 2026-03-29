--- v0 (2025-12-05)
+++ v1 (2026-03-29)
@@ -187,89 +187,89 @@
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t120" coordsize="21600,21600" o:spt="120" path="m10800,qx,10800,10800,21600,21600,10800,10800,xe">
+              <v:shapetype w14:anchorId="7791F817" id="_x0000_t120" coordsize="21600,21600" o:spt="120" path="m10800,qx,10800,10800,21600,21600,10800,10800,xe">
                 <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;3163,3163;0,10800;3163,18437;10800,21600;18437,18437;21600,10800;18437,3163" textboxrect="3163,3163,18437,18437"/>
               </v:shapetype>
-              <v:shape id="フローチャート: 結合子 2" o:spid="_x0000_s1026" type="#_x0000_t120" style="position:absolute;left:0;text-align:left;margin-left:11.7pt;margin-top:189.75pt;width:69pt;height:66pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpmCR51gIAAM4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVL1u2zAQ3gv0HQjujWznzxUiB4aDFAWC&#10;JGhSZKYpKhJA8ViStuVuhZeMWfIEnTN269sYQV+jR1Ky07ToUNQDfUfefXf36e6OjptakrkwtgKV&#10;0f5OjxKhOOSVus3ox+vTN0NKrGMqZxKUyOhSWHo8ev3qaKFTMYASZC4MQRBl04XOaOmcTpPE8lLU&#10;zO6AFgofCzA1c6ia2yQ3bIHotUwGvd5BsgCTawNcWIu3J/GRjgJ+UQjuLorCCkdkRjE3F04Tzqk/&#10;k9ERS28N02XF2zTYP2RRs0ph0A3UCXOMzEz1G1RdcQMWCrfDoU6gKCouQg1YTb/3opqrkmkRakFy&#10;rN7QZP8fLD+fXxpS5RkdUKJYjZ9ovXpYrx7Xq+/r1Zf16msQ7lLy49v90/3d0+M9GXjWFtqm6Hyl&#10;L02rWRQ9BU1hav+PxZEmML3cMC0aRzheDg8Pdnv4PTg+DXeH+CU9ZrJ11sa6dwJq4oWMFhIWk5IZ&#10;NwGl8KOCCWyz+Zl10bFz8JEVnFZS4j1LpfKnBVnl/i4ovrfERBoyZ9gVrum3sX+x8ngnzJbRyC6t&#10;V1pDD5p4AmLJQXJLKWLAD6JAQrHIQcgxtPI2HONcKNePTyXLRQyw38Nfl0eXYGBEKgT0yAXmv8Fu&#10;ATrLCNJhR0Zae+8qwiRsnHt/Syw6bzxCZFBu41xXqmX/RWUSq2ojR/uOpEiNZ8k10wZNvDiFfImd&#10;ZyCOpNX8tELKz5h1l8zgDGJ34F5xF3j4r59RaCVKSjCf/3Tv7XE08JWSBc50Ru2nGTOCEvle4dC8&#10;7e/t+SUQlL39wwEq5vnL9PmLmtUTwAbp4wbTPIje3slOLAzUN7h+xj4qPjHFMXZGuTOdMnFx1+AC&#10;42I8DmY4+Jq5M3WluQf3BPtmu25umNFtvzsclHPo5p+lLxo92npPBeOZg6IKU7DltaUel0booXbB&#10;+a30XA9W2zU8+gkAAP//AwBQSwMEFAAGAAgAAAAhAHOgdTLfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG4sbUdbKHWnadKkcWRD2jVrQlstcaom67K3JzvB0fan399fr4LR&#10;bFaTGywhpIsEmKLWyoE6hO/D9uUNmPOCpNCWFMJNOVg1jw+1qKS90pea975jMYRcJRB678eKc9f2&#10;ygi3sKOiePuxkxE+jlPH5SSuMdxoniVJwY0YKH7oxag2vWrP+4tBOGdzdjxutredLu06zLs8lMUn&#10;4vNTWH8A8yr4Pxju+lEdmuh0sheSjmmEbPkaSYRl+Z4DuwNFGjcnhDxNc+BNzf9XaH4BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaZgkedYCAADOBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAc6B1Mt8AAAAKAQAADwAAAAAAAAAAAAAAAAAwBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADwGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
+              <v:shape id="フローチャート: 結合子 2" o:spid="_x0000_s1026" type="#_x0000_t120" style="position:absolute;left:0;text-align:left;margin-left:11.7pt;margin-top:189.75pt;width:69pt;height:66pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYfY39lgIAAJEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+2kj2VBnSJI0WFA&#10;0RZrh54VWaoNyKImKbGzXz9SfqTrhh2G5eBQIvmR/ETy8qprDNsrH2qwBZ+d5JwpK6Gs7UvBvz3d&#10;fFhwFqKwpTBgVcEPKvCr1ft3l61bqjlUYErlGYLYsGxdwasY3TLLgqxUI8IJOGVRqcE3IuLRv2Sl&#10;Fy2iNyab5/lF1oIvnQepQsDb617JVwlfayXjvdZBRWYKjrnF9PXpu6VvtroUyxcvXFXLIQ3xD1k0&#10;orYYdIK6FlGwna9/g2pq6SGAjicSmgy0rqVKNWA1s/xNNY+VcCrVguQEN9EU/h+svNs/ugePNLQu&#10;LAOKVEWnfUP/mB/rElmHiSzVRSbxcvHx4jRHSiWqFqcLfAwiMzs6Ox/iZwUNI6Hg2kC7qYSPG7AW&#10;3wV8Ikzsb0PsHUcHimzhpjYmvY6xdBHA1CXdpQO1h9oYz/YCHzZ2syH2L1aEdy1C1RuFQ6DDYEig&#10;2bHkJMWDUYRu7FelWV1ikfOUY+rGYzghpbJx1qsqUao+wHmOvzGPMcHESAIkZI35T9gDwGjZg4zY&#10;PSODPbmq1MyTc/63xHrnySNFBhsn56a2A/tvKjNY1RC5tx9J6qkhlmK37dCExC2UhwfPPPRTFZy8&#10;qZHyWxHig/A4RtgduBriPX7o9QsOg8RZBf7Hn+7JHrsbtZy1OJYFD993wivOzBeLff9pdnZGc5wO&#10;Z+cf53jwrzXb1xq7azaADTLDJeRkEsk+mlHUHppn3CBriooqYSXGLriMfjxsYr8ucAdJtV4nM5xd&#10;J+KtfXSSwIlgaran7ll4N/R7xEG5g3GExfJNo/e25GlhvYug6zQFR14H6nHuUw8NO4oWy+tzsjpu&#10;0tVPAAAA//8DAFBLAwQUAAYACAAAACEAc6B1Mt8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkbixtR1sodadp0qRxZEPaNWtCWy1xqibrsrcnO8HR9qff31+vgtFsVpMbLCGk&#10;iwSYotbKgTqE78P25Q2Y84Kk0JYUwk05WDWPD7WopL3Sl5r3vmMxhFwlEHrvx4pz1/bKCLewo6J4&#10;+7GTET6OU8flJK4x3GieJUnBjRgofujFqDa9as/7i0E4Z3N2PG62t50u7TrMuzyUxSfi81NYfwDz&#10;Kvg/GO76UR2a6HSyF5KOaYRs+RpJhGX5ngO7A0UaNyeEPE1z4E3N/1dofgEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCYfY39lgIAAJEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBzoHUy3wAAAAoBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                 <v:stroke dashstyle="3 1" joinstyle="miter"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00A85239" w:rsidRPr="00DB5298" w:rsidRDefault="00DB5298" w:rsidP="00DB5298">
+                    <w:p w14:paraId="4B547637" w14:textId="77777777" w:rsidR="00A85239" w:rsidRPr="00DB5298" w:rsidRDefault="00DB5298" w:rsidP="00DB5298">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DB5298">
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>捨　印</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00A85239" w:rsidRDefault="00A85239" w:rsidP="00A85239">
+                    <w:p w14:paraId="0247E830" w14:textId="77777777" w:rsidR="00A85239" w:rsidRDefault="00A85239" w:rsidP="00A85239">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00A85239" w:rsidRDefault="00A85239" w:rsidP="00A85239">
+                    <w:p w14:paraId="1BA32280" w14:textId="77777777" w:rsidR="00A85239" w:rsidRDefault="00A85239" w:rsidP="00A85239">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00A85239" w:rsidRPr="00A85239" w:rsidRDefault="00A85239" w:rsidP="00A85239">
+                    <w:p w14:paraId="5C6F50A8" w14:textId="77777777" w:rsidR="00A85239" w:rsidRPr="00A85239" w:rsidRDefault="00A85239" w:rsidP="00A85239">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E11625">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>住　所</w:t>
       </w:r>
       <w:r w:rsidR="00B65D12">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
@@ -346,62 +346,62 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>の者を代理人と定め、下記の権限を委任します。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22396083" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="0E384867" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="203E3D7C" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="0EC97C04" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A7613E" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="4A4A85C7" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625"/>
     <w:p w14:paraId="27FAFF9B" w14:textId="77777777" w:rsidR="009E0831" w:rsidRDefault="009E0831"/>
-    <w:p w14:paraId="632CAEC1" w14:textId="1400A574" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="009E0831">
+    <w:p w14:paraId="632CAEC1" w14:textId="1F9D7AFF" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="009E0831">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
-      <w:r w:rsidR="00311047">
-[...3 lines deleted...]
-        <w:t>７</w:t>
+      <w:r w:rsidR="00404CEF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>８</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r w:rsidR="00B03C07">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>アマチュア</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>スポーツ合宿受入支援事業補助金の受領に関する一切の権限</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44390CF6" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625"/>
     <w:p w14:paraId="5BB313F4" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625"/>
     <w:p w14:paraId="001168A3" w14:textId="77777777" w:rsidR="00E11625" w:rsidRDefault="00E11625" w:rsidP="00E11625">
       <w:pPr>
         <w:jc w:val="right"/>
@@ -525,64 +525,66 @@
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E11625"/>
     <w:rsid w:val="002E2026"/>
     <w:rsid w:val="00311047"/>
+    <w:rsid w:val="00404CEF"/>
     <w:rsid w:val="00592E85"/>
     <w:rsid w:val="00793205"/>
     <w:rsid w:val="007E643C"/>
     <w:rsid w:val="009E0831"/>
     <w:rsid w:val="00A85239"/>
     <w:rsid w:val="00AE233E"/>
     <w:rsid w:val="00B03C07"/>
     <w:rsid w:val="00B65D12"/>
     <w:rsid w:val="00B86E9A"/>
     <w:rsid w:val="00DB5298"/>
     <w:rsid w:val="00DD6CFC"/>
     <w:rsid w:val="00E11625"/>
     <w:rsid w:val="00E23B67"/>
     <w:rsid w:val="00F33CB7"/>
+    <w:rsid w:val="00F65F29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -1041,50 +1043,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E11625"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="結語 (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E11625"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>